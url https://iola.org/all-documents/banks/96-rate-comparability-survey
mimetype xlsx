--- v0 (2025-10-13)
+++ v1 (2026-03-23)
@@ -1,790 +1,758 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24827"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{FE4D74F5-7B04-4E42-A337-8965DA7FC644}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
+  <workbookPr defaultThemeVersion="202300"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\IOLA\BANKS\Banking Team (MT)\Forms 2026\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F1BB1156-FF93-47D8-96D9-ABAF95CD9F0C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2280" yWindow="420" windowWidth="19065" windowHeight="12000" xr2:uid="{2D380C06-521B-40F3-AABA-CD9B5BD4F689}"/>
   </bookViews>
   <sheets>
-    <sheet name="Rate Comparability Survey" sheetId="4" r:id="rId1"/>
+    <sheet name="Rate Comparability Survey" sheetId="2" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...3 lines deleted...]
-  <fileRecoveryPr autoRecover="0"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="61">
+  <si>
+    <t>IOLA Fund of the State of New York</t>
+  </si>
+  <si>
+    <t>Rate Comparability Survey</t>
+  </si>
+  <si>
+    <t>Part I:  IOLA Accounts</t>
+  </si>
+  <si>
+    <t>This banking institution's IOLA accounts are currently maintained as follows:</t>
+  </si>
   <si>
     <t xml:space="preserve">Product name: </t>
   </si>
   <si>
     <t xml:space="preserve">Product type: </t>
   </si>
   <si>
     <t>Balance:</t>
   </si>
   <si>
     <t>$</t>
   </si>
   <si>
-    <t>Rate (Apr):</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">                                                    %</t>
   </si>
   <si>
+    <t>Tier 1, or All Balances</t>
+  </si>
+  <si>
+    <t>Tier 2, if any</t>
+  </si>
+  <si>
+    <t>Tier 3, if any</t>
+  </si>
+  <si>
+    <t>Tier 4, if any</t>
+  </si>
+  <si>
+    <t>Tier 5, if any</t>
+  </si>
+  <si>
+    <t>Part II:  List All Non-IOLA Accounts</t>
+  </si>
+  <si>
+    <t>For tiered rates &gt;&gt;&gt;&gt;&gt;</t>
+  </si>
+  <si>
     <t>Account Type</t>
   </si>
   <si>
     <t>Account Name:</t>
   </si>
   <si>
-    <t>Rate (Apr)</t>
+    <t>Balance</t>
   </si>
   <si>
     <t xml:space="preserve">NOW:  </t>
   </si>
   <si>
     <t>.      %</t>
   </si>
   <si>
+    <t xml:space="preserve">   $  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Super NOW: </t>
+  </si>
+  <si>
     <t>Business NOW:</t>
   </si>
   <si>
     <t>Preferred Checking:</t>
   </si>
   <si>
     <t>Municipal Checking:</t>
   </si>
   <si>
+    <t>Wealth Checking:</t>
+  </si>
+  <si>
     <t>Other Checking:</t>
   </si>
   <si>
     <t>Repurchase Agreement:</t>
   </si>
   <si>
     <t>Money Market Fund:</t>
   </si>
   <si>
-    <t>Balance</t>
-[...10 lines deleted...]
-  <si>
     <t>Part III:  Documentation Requirement</t>
   </si>
   <si>
-    <t>Tier 2, if any</t>
-[...29 lines deleted...]
-    <t>Address: _________________________________________________________________________________________</t>
+    <t xml:space="preserve">PLEASE NOTE THE ABOVE DOCUMENTATION IS A REQUIREMENT AND MUST BE PROVIDED TO VALIDATE YOUR BANKING INSTITUTION'S COMPLIANCE. </t>
+  </si>
+  <si>
+    <t>Part IV: Certification</t>
   </si>
   <si>
     <t>Telephone: ________________________________</t>
   </si>
   <si>
-    <t>Signature: ___________________________________________</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Super NOW: </t>
+    <t>Rate (APR):</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This banking institution offers the following account products, which bear interest and have check-writing capability. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">As to EACH account product identified in Part II, provide the following substantiating documentation </t>
+  </si>
+  <si>
+    <t>about the product so that the IOLA Fund can review your compliance with applicable regulations:</t>
+  </si>
+  <si>
+    <t>Compliance@iola.org</t>
+  </si>
+  <si>
+    <t>Compliance Survey (2026)</t>
+  </si>
+  <si>
+    <t>Rate (APR)</t>
+  </si>
+  <si>
+    <t>Other (Describe):</t>
+  </si>
+  <si>
+    <t>Tier 6, if any</t>
   </si>
   <si>
     <r>
-      <t>BANKING INSTITUTION NAME</t>
+      <t xml:space="preserve">Please email this survey along with </t>
     </r>
     <r>
       <rPr>
-        <sz val="32"/>
-        <rFont val="Gill Sans MT"/>
+        <b/>
+        <sz val="24"/>
+        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>: __________________________________</t>
+      <t>Rate Election &amp; Certification Form</t>
     </r>
-  </si>
-[...3 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">This banking institution offers the following account products, which bear interest and have check-writing capability.  Provide information for </t>
+      <rPr>
+        <b/>
+        <sz val="22"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> to:</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">1. A </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="18"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>"rate sheet"</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="18"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> reflective of all of the products identified above.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">2. A </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="18"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>"fee schedule"</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="18"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> for all products identified above.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">3. An internal </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="18"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>"deposit accounts rate specifications report"</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="18"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> or similar reports listing all interest rates paid to all other non-IOLA customers by product type. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">4. Any external </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="18"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>explanatory literature, marketing, disclosure documents, or other information</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="18"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> relating to all products identified above.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Provide information for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
-        <sz val="24"/>
-        <rFont val="Gill Sans MT"/>
+        <sz val="16"/>
+        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>ALL</t>
     </r>
     <r>
       <rPr>
         <b/>
-        <sz val="24"/>
-        <rFont val="Gill Sans MT"/>
+        <sz val="16"/>
+        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> such products, indicating names and interest rates (including any tiers). </t>
     </r>
-  </si>
-[...101 lines deleted...]
-    <t>Compliance Survey (Fall 2019)</t>
   </si>
   <si>
     <r>
       <t>BANKING INSTITUTION NAME</t>
     </r>
     <r>
       <rPr>
         <sz val="20"/>
-        <rFont val="Gill Sans MT"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>: __________________________________</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">                </t>
+  </si>
+  <si>
+    <r>
+      <t>BANKING INSTITUTION NAME</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="18"/>
+        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>: _________________________________________________________________</t>
     </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="18"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>_____</t>
+    </r>
+  </si>
+  <si>
+    <t>Signature: ________________________________________________________________________________________</t>
+  </si>
+  <si>
+    <t>Name (print): ______________________________________________________________________________________</t>
+  </si>
+  <si>
+    <t>Title: _____________________________________________________________________________________________</t>
+  </si>
+  <si>
+    <t>Address: __________________________________________________________________________________________</t>
+  </si>
+  <si>
+    <t>E-mail: ______________________________________________</t>
+  </si>
+  <si>
+    <t>Date: _____________________________________</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
-        <sz val="32"/>
-        <rFont val="Gill Sans MT"/>
+        <sz val="18"/>
+        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Instructions:</t>
     </r>
     <r>
       <rPr>
-        <sz val="24"/>
-        <rFont val="Gill Sans MT"/>
+        <sz val="18"/>
+        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
-</t>
-[...7 lines deleted...]
-      <t xml:space="preserve">Banking Institutions electing </t>
+Banking Institutions electing </t>
     </r>
     <r>
       <rPr>
         <b/>
-        <sz val="20"/>
-        <rFont val="Gill Sans MT"/>
+        <sz val="18"/>
+        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Option B (Comparable Rate)</t>
+      <t>Option B of the IOLA Rate Election &amp; Certification Form (Comparable Rate)</t>
     </r>
     <r>
       <rPr>
-        <sz val="20"/>
-        <rFont val="Gill Sans MT"/>
+        <sz val="18"/>
+        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> must complete this Rate Comparability Survey to verify eligibility to offer IOLA accounts in New York State.  The Rate Comparability Survey must be signed by an authorized officer and, along with all required documentation, submitted to the IOLA Fund for review and approval. To remain in compliance with IOLA Regulations, 21 NYCRR Part 7000.9, participating Banking Institutions must pay an interest or dividend rate on lOLA accounts which is not less than the highest rate available to the Banking Institution’s best customers on comparable accounts. </t>
-[...25 lines deleted...]
-</t>
+      <t xml:space="preserve"> must complete this Rate Comparability Survey to verify eligibility to offer IOLA accounts in New York State.  The Rate Comparability Survey must be signed by an authorized officer and, along with all required documentation, submitted to the IOLA Fund for review and approval. To remain in compliance with IOLA Regulations, 21 NYCRR Part 7000.9, participating Banking Institutions must pay an interest or dividend rate on lOLA accounts which is not less than the highest rate available to the Banking Institution’s best customers on comparable accounts.  </t>
     </r>
     <r>
       <rPr>
         <b/>
-        <sz val="28"/>
-        <rFont val="Gill Sans MT"/>
+        <sz val="18"/>
+        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">
-[...4 lines deleted...]
-</t>
+      <t xml:space="preserve">All participating banks may be subject to an audit to verify their compliance with the IOLA program, as requested by the IOLA Fund. </t>
     </r>
-    <r>
-[...17 lines deleted...]
-    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">NOTE: All participating banks may be subject to an audit to verify compliance with the IOLA program, as requested by the IOLA Fund.  </t>
+  </si>
+  <si>
+    <t>Pursuant to IOLA Regulations 21 NYCRR Part 7009 and on behalf of the referenced Banking Institution, I certify that all information and documentation submitted herein is true, accurate and complete.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="41" x14ac:knownFonts="1">
     <font>
-      <sz val="10"/>
-      <name val="Arial"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="20"/>
+      <name val="Gill Sans MT"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
-[...5 lines deleted...]
-      <name val="Arial"/>
+      <sz val="20"/>
+      <name val="Gill Sans MT"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color indexed="16"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="20"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
       <b/>
-      <i/>
-[...25 lines deleted...]
-      <name val="Arial"/>
+      <sz val="16"/>
+      <name val="Gill Sans MT"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="13"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="14"/>
-[...44 lines deleted...]
-    <font>
       <b/>
       <sz val="14"/>
       <name val="Gill Sans MT"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-      <sz val="16"/>
+      <sz val="14"/>
       <name val="Gill Sans MT"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="20"/>
       <name val="Gill Sans MT"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="20"/>
       <color theme="5" tint="-0.249977111117893"/>
       <name val="Gill Sans MT"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="20"/>
       <name val="Gill Sans MT"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
+      <i/>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <name val="Gill Sans MT"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="14"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="18"/>
+      <name val="Gill Sans MT"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FF4BACC6"/>
+      <name val="Gill Sans MT"/>
+      <family val="2"/>
+    </font>
+    <font>
       <u/>
+      <sz val="20"/>
+      <color theme="10"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="20"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="26"/>
+      <color theme="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="22"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
       <sz val="24"/>
-      <name val="Gill Sans MT"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="18"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="20"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="16"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="20"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="18"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="32"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="36"/>
+      <color rgb="FF4BACC6"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF4BACC6"/>
       <name val="Gill Sans MT"/>
       <family val="2"/>
     </font>
-    <font>
-[...81 lines deleted...]
-    </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <fgColor theme="2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF4BACC6"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="10">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...59 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
@@ -795,745 +763,691 @@
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1"/>
+      </left>
+      <right style="thin">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="114">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...68 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="33" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1"/>
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...45 lines deleted...]
-    <xf numFmtId="0" fontId="27" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...72 lines deleted...]
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
-      <color rgb="FFFF9900"/>
+      <color rgb="FF098787"/>
+      <color rgb="FF4BACC6"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>3</xdr:col>
-      <xdr:colOff>247650</xdr:colOff>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-      <xdr:colOff>266700</xdr:colOff>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>2171700</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>457200</xdr:rowOff>
+      <xdr:rowOff>28363</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="iola_logo">
+        <xdr:cNvPr id="4" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49030513-69A6-4497-ADB4-2C7D86EC320C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E326593-F1E3-EE2D-1077-EBF1860449DD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill rotWithShape="1">
-[...2 lines deleted...]
-        <a:stretch/>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr bwMode="auto">
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="6553200" y="0"/>
-          <a:ext cx="3219450" cy="2743200"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="2171700" cy="843280"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>75</xdr:row>
-      <xdr:rowOff>165101</xdr:rowOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>31750</xdr:rowOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>21166</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>615315</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="7" name="Group 6">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="5" name="Text Box 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1CE87C3-39E1-430B-9F1F-265CEB9021C7}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC90746F-6398-2EB1-C954-EB1FA4973178}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="0" y="43345101"/>
-[...2 lines deleted...]
-          <a:chExt cx="3567448" cy="1249277"/>
+          <a:off x="9726083" y="0"/>
+          <a:ext cx="3714750" cy="615315"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...71 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2400">
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525">
+          <a:noFill/>
+          <a:miter lim="800000"/>
+          <a:headEnd/>
+          <a:tailEnd/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" algn="r">
+            <a:lnSpc>
+              <a:spcPct val="115000"/>
+            </a:lnSpc>
+            <a:spcAft>
+              <a:spcPts val="800"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1000">
+              <a:solidFill>
+                <a:srgbClr val="098787"/>
+              </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...100 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2400">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>420 Lexington Avenue, Rm. 607</a:t>
+          </a:r>
+          <a:endParaRPr lang="en-US" sz="1200">
+            <a:effectLst/>
+            <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" marR="0" algn="r">
+            <a:lnSpc>
+              <a:spcPct val="115000"/>
+            </a:lnSpc>
+            <a:spcAft>
+              <a:spcPts val="800"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1000">
+              <a:solidFill>
+                <a:srgbClr val="098787"/>
+              </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...25 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2400">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>New York, NY 10170</a:t>
+          </a:r>
+          <a:endParaRPr lang="en-US" sz="1200">
+            <a:effectLst/>
+            <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" marR="0" algn="r">
+            <a:lnSpc>
+              <a:spcPct val="115000"/>
+            </a:lnSpc>
+            <a:spcAft>
+              <a:spcPts val="800"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1000">
+              <a:solidFill>
+                <a:srgbClr val="098787"/>
+              </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...6 lines deleted...]
-    </xdr:grpSp>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>(646) 865-1541 | info@iola.org | </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="1000" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="098787"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>www.iola.org</a:t>
+          </a:r>
+          <a:endParaRPr lang="en-US" sz="1200">
+            <a:effectLst/>
+            <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
@@ -1545,1574 +1459,1653 @@
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iola.org/bankdocs" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://private.filesanywhere.com/IOLTA/Dropbox/db.aspx?v=8b6b69cea09da3bc9e" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:compliance@iola.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A5CE8ABB-55A4-4417-9FBE-B883E5EF2696}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K86"/>
+  <dimension ref="A1:K108"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A68" zoomScale="40" zoomScaleNormal="40" zoomScalePageLayoutView="50" workbookViewId="0">
-      <selection activeCell="K73" sqref="K73"/>
+    <sheetView tabSelected="1" topLeftCell="A85" zoomScale="74" zoomScaleNormal="74" workbookViewId="0">
+      <selection activeCell="A62" sqref="A62:I62"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="24.453125" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11" max="11" width="54.453125" customWidth="1"/>
+    <col min="1" max="1" width="35" style="1" customWidth="1"/>
+    <col min="2" max="2" width="35.7109375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="16.7109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="20.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="16.85546875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="20.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="17.28515625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="20.7109375" style="1" customWidth="1"/>
+    <col min="9" max="9" width="17.28515625" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="180" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-      <c r="A2" s="92" t="s">
+    <row r="1" spans="1:11" ht="64.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:11" ht="9.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A2" s="81" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" s="82"/>
+      <c r="C2" s="82"/>
+      <c r="D2" s="82"/>
+      <c r="E2" s="82"/>
+      <c r="F2" s="82"/>
+      <c r="G2" s="82"/>
+      <c r="H2" s="82"/>
+      <c r="I2" s="82"/>
+    </row>
+    <row r="3" spans="1:11" ht="36.75" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A3" s="91" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="91"/>
+      <c r="C3" s="91"/>
+      <c r="D3" s="91"/>
+      <c r="E3" s="91"/>
+      <c r="F3" s="91"/>
+      <c r="G3" s="91"/>
+      <c r="H3" s="91"/>
+      <c r="I3" s="91"/>
+    </row>
+    <row r="4" spans="1:11" ht="42" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A4" s="92" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="92"/>
+      <c r="C4" s="92"/>
+      <c r="D4" s="92"/>
+      <c r="E4" s="92"/>
+      <c r="F4" s="92"/>
+      <c r="G4" s="92"/>
+      <c r="H4" s="92"/>
+      <c r="I4" s="92"/>
+    </row>
+    <row r="5" spans="1:11" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="6" spans="1:11" ht="194.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="93" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" s="94"/>
+      <c r="C6" s="94"/>
+      <c r="D6" s="94"/>
+      <c r="E6" s="94"/>
+      <c r="F6" s="94"/>
+      <c r="G6" s="94"/>
+      <c r="H6" s="94"/>
+      <c r="I6" s="95"/>
+    </row>
+    <row r="7" spans="1:11" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="31"/>
+      <c r="B7" s="31"/>
+      <c r="C7" s="31"/>
+      <c r="D7" s="31"/>
+      <c r="E7" s="31"/>
+      <c r="F7" s="31"/>
+      <c r="G7" s="31"/>
+      <c r="H7" s="31"/>
+      <c r="I7" s="31"/>
+    </row>
+    <row r="8" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A8" s="77" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" s="3"/>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3"/>
+      <c r="E8" s="3"/>
+      <c r="F8" s="3"/>
+      <c r="G8" s="3"/>
+      <c r="H8" s="3"/>
+      <c r="I8" s="3"/>
+      <c r="J8" s="3"/>
+    </row>
+    <row r="9" spans="1:11" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="2"/>
+      <c r="B9" s="3"/>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3"/>
+      <c r="E9" s="3"/>
+      <c r="F9" s="3"/>
+      <c r="G9" s="3"/>
+      <c r="H9" s="3"/>
+      <c r="I9" s="3"/>
+      <c r="J9" s="3"/>
+    </row>
+    <row r="10" spans="1:11" ht="30" x14ac:dyDescent="0.3">
+      <c r="A10" s="88" t="s">
+        <v>2</v>
+      </c>
+      <c r="B10" s="88"/>
+      <c r="C10" s="88"/>
+      <c r="D10" s="88"/>
+      <c r="E10" s="88"/>
+      <c r="F10" s="4"/>
+      <c r="G10" s="4"/>
+      <c r="H10" s="4"/>
+      <c r="I10" s="4"/>
+    </row>
+    <row r="11" spans="1:11" s="7" customFormat="1" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A11" s="46" t="s">
+        <v>3</v>
+      </c>
+      <c r="B11" s="5"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="6"/>
+      <c r="G11" s="6"/>
+      <c r="H11" s="6"/>
+      <c r="I11" s="6"/>
+      <c r="J11" s="5"/>
+    </row>
+    <row r="12" spans="1:11" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A12" s="69"/>
+      <c r="B12" s="70" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="96"/>
+      <c r="D12" s="96"/>
+      <c r="E12" s="96"/>
+      <c r="F12" s="96"/>
+      <c r="G12" s="96"/>
+      <c r="H12" s="96"/>
+      <c r="I12" s="9"/>
+      <c r="J12" s="9"/>
+    </row>
+    <row r="13" spans="1:11" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A13" s="69"/>
+      <c r="B13" s="70" t="s">
+        <v>5</v>
+      </c>
+      <c r="C13" s="96"/>
+      <c r="D13" s="96"/>
+      <c r="E13" s="96"/>
+      <c r="F13" s="96"/>
+      <c r="G13" s="96"/>
+      <c r="H13" s="96"/>
+      <c r="I13" s="9"/>
+      <c r="J13" s="9"/>
+    </row>
+    <row r="14" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A14" s="69"/>
+      <c r="B14" s="70"/>
+      <c r="C14" s="71"/>
+      <c r="D14" s="71"/>
+      <c r="E14" s="71"/>
+      <c r="F14" s="71"/>
+      <c r="G14" s="71"/>
+      <c r="H14" s="71"/>
+      <c r="I14" s="9"/>
+      <c r="J14" s="9"/>
+    </row>
+    <row r="15" spans="1:11" ht="33.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="72" t="s">
+        <v>6</v>
+      </c>
+      <c r="B15" s="73" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="46"/>
+      <c r="D15" s="72" t="s">
+        <v>34</v>
+      </c>
+      <c r="E15" s="89" t="s">
+        <v>8</v>
+      </c>
+      <c r="F15" s="90"/>
+      <c r="G15" s="74" t="s">
+        <v>9</v>
+      </c>
+      <c r="H15" s="11"/>
+      <c r="I15" s="11"/>
+      <c r="J15" s="11"/>
+      <c r="K15" s="12"/>
+    </row>
+    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="72"/>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="72"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="75"/>
+      <c r="G16" s="74"/>
+      <c r="H16" s="11"/>
+      <c r="I16" s="11"/>
+      <c r="J16" s="11"/>
+      <c r="K16" s="12"/>
+    </row>
+    <row r="17" spans="1:11" ht="33.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="72" t="s">
+        <v>6</v>
+      </c>
+      <c r="B17" s="73" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="46"/>
+      <c r="D17" s="72" t="s">
+        <v>34</v>
+      </c>
+      <c r="E17" s="89" t="s">
+        <v>8</v>
+      </c>
+      <c r="F17" s="90"/>
+      <c r="G17" s="74" t="s">
+        <v>10</v>
+      </c>
+      <c r="H17" s="11"/>
+      <c r="I17" s="11"/>
+      <c r="J17" s="11"/>
+      <c r="K17" s="12"/>
+    </row>
+    <row r="18" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="72"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="72"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="75"/>
+      <c r="G18" s="74"/>
+      <c r="H18" s="11"/>
+      <c r="I18" s="11"/>
+      <c r="J18" s="11"/>
+      <c r="K18" s="12"/>
+    </row>
+    <row r="19" spans="1:11" ht="33.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="72" t="s">
+        <v>6</v>
+      </c>
+      <c r="B19" s="73" t="s">
+        <v>7</v>
+      </c>
+      <c r="C19" s="74"/>
+      <c r="D19" s="72" t="s">
+        <v>34</v>
+      </c>
+      <c r="E19" s="89" t="s">
+        <v>8</v>
+      </c>
+      <c r="F19" s="90"/>
+      <c r="G19" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="H19" s="11"/>
+      <c r="I19" s="11"/>
+      <c r="J19" s="11"/>
+      <c r="K19" s="12"/>
+    </row>
+    <row r="20" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="72"/>
+      <c r="B20" s="74"/>
+      <c r="C20" s="74"/>
+      <c r="D20" s="72"/>
+      <c r="E20" s="74"/>
+      <c r="F20" s="74"/>
+      <c r="G20" s="74"/>
+      <c r="H20" s="11"/>
+      <c r="I20" s="11"/>
+      <c r="J20" s="11"/>
+      <c r="K20" s="12"/>
+    </row>
+    <row r="21" spans="1:11" ht="33.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="72" t="s">
+        <v>6</v>
+      </c>
+      <c r="B21" s="73" t="s">
+        <v>7</v>
+      </c>
+      <c r="C21" s="74"/>
+      <c r="D21" s="72" t="s">
+        <v>34</v>
+      </c>
+      <c r="E21" s="89" t="s">
+        <v>8</v>
+      </c>
+      <c r="F21" s="90"/>
+      <c r="G21" s="74" t="s">
+        <v>12</v>
+      </c>
+      <c r="H21" s="11"/>
+      <c r="I21" s="11"/>
+      <c r="J21" s="11"/>
+      <c r="K21" s="12"/>
+    </row>
+    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="72"/>
+      <c r="B22" s="74"/>
+      <c r="C22" s="74"/>
+      <c r="D22" s="72"/>
+      <c r="E22" s="74"/>
+      <c r="F22" s="74"/>
+      <c r="G22" s="74"/>
+      <c r="H22" s="11"/>
+      <c r="I22" s="11"/>
+      <c r="J22" s="11"/>
+      <c r="K22" s="12"/>
+    </row>
+    <row r="23" spans="1:11" ht="33.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="72" t="s">
+        <v>6</v>
+      </c>
+      <c r="B23" s="73" t="s">
+        <v>7</v>
+      </c>
+      <c r="C23" s="74"/>
+      <c r="D23" s="72" t="s">
+        <v>34</v>
+      </c>
+      <c r="E23" s="89" t="s">
+        <v>8</v>
+      </c>
+      <c r="F23" s="90"/>
+      <c r="G23" s="74" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" s="11"/>
+      <c r="I23" s="11"/>
+      <c r="J23" s="11"/>
+      <c r="K23" s="12"/>
+    </row>
+    <row r="24" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="72"/>
+      <c r="B24" s="46"/>
+      <c r="C24" s="74"/>
+      <c r="D24" s="72"/>
+      <c r="E24" s="76"/>
+      <c r="F24" s="76"/>
+      <c r="G24" s="74"/>
+      <c r="H24" s="11"/>
+      <c r="I24" s="11"/>
+      <c r="J24" s="11"/>
+      <c r="K24" s="12"/>
+    </row>
+    <row r="25" spans="1:11" ht="33.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="72" t="s">
+        <v>6</v>
+      </c>
+      <c r="B25" s="73" t="s">
+        <v>7</v>
+      </c>
+      <c r="C25" s="74"/>
+      <c r="D25" s="72" t="s">
+        <v>34</v>
+      </c>
+      <c r="E25" s="89" t="s">
+        <v>8</v>
+      </c>
+      <c r="F25" s="90"/>
+      <c r="G25" s="74" t="s">
+        <v>42</v>
+      </c>
+      <c r="H25" s="11"/>
+      <c r="I25" s="11"/>
+      <c r="J25" s="11"/>
+      <c r="K25" s="12"/>
+    </row>
+    <row r="26" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="72"/>
+      <c r="B26" s="46"/>
+      <c r="C26" s="74"/>
+      <c r="D26" s="72"/>
+      <c r="E26" s="76"/>
+      <c r="F26" s="76"/>
+      <c r="G26" s="74"/>
+      <c r="H26" s="11"/>
+      <c r="I26" s="11"/>
+      <c r="J26" s="11"/>
+      <c r="K26" s="12"/>
+    </row>
+    <row r="27" spans="1:11" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="88" t="s">
+        <v>14</v>
+      </c>
+      <c r="B27" s="88"/>
+      <c r="C27" s="88"/>
+      <c r="D27" s="88"/>
+      <c r="E27" s="88"/>
+      <c r="F27" s="14"/>
+      <c r="G27" s="14"/>
+      <c r="H27" s="14"/>
+      <c r="I27" s="14"/>
+      <c r="J27" s="13"/>
+    </row>
+    <row r="28" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="46" t="s">
+        <v>35</v>
+      </c>
+      <c r="B28" s="46"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="46"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="46"/>
+      <c r="I28" s="46"/>
+    </row>
+    <row r="29" spans="1:11" s="10" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A29" s="46" t="s">
+        <v>48</v>
+      </c>
+      <c r="B29" s="46"/>
+      <c r="C29" s="46"/>
+      <c r="D29" s="46"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="46"/>
+      <c r="I29" s="46"/>
+    </row>
+    <row r="30" spans="1:11" s="10" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A30" s="44"/>
+      <c r="B30" s="46"/>
+      <c r="C30" s="46"/>
+      <c r="D30" s="46"/>
+      <c r="E30" s="46"/>
+      <c r="F30" s="46"/>
+      <c r="G30" s="46"/>
+      <c r="H30" s="46"/>
+      <c r="I30" s="46"/>
+    </row>
+    <row r="31" spans="1:11" s="10" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A31" s="30"/>
+      <c r="B31" s="30"/>
+      <c r="C31" s="30"/>
+      <c r="D31" s="47" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="48"/>
+      <c r="F31" s="48"/>
+      <c r="G31" s="48"/>
+      <c r="H31" s="48"/>
+      <c r="I31" s="48"/>
+    </row>
+    <row r="32" spans="1:11" s="10" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A32" s="49" t="s">
+        <v>16</v>
+      </c>
+      <c r="B32" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="C32" s="51" t="s">
+        <v>40</v>
+      </c>
+      <c r="D32" s="52" t="s">
+        <v>18</v>
+      </c>
+      <c r="E32" s="52" t="s">
+        <v>40</v>
+      </c>
+      <c r="F32" s="52" t="s">
+        <v>18</v>
+      </c>
+      <c r="G32" s="52" t="s">
+        <v>40</v>
+      </c>
+      <c r="H32" s="52" t="s">
+        <v>18</v>
+      </c>
+      <c r="I32" s="53" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" s="10" customFormat="1" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A33" s="54"/>
+      <c r="B33" s="54"/>
+      <c r="C33" s="54"/>
+      <c r="D33" s="48"/>
+      <c r="E33" s="55"/>
+      <c r="F33" s="48"/>
+      <c r="G33" s="55"/>
+      <c r="H33" s="48"/>
+      <c r="I33" s="55"/>
+    </row>
+    <row r="34" spans="1:9" s="10" customFormat="1" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A34" s="56" t="s">
+        <v>19</v>
+      </c>
+      <c r="B34" s="57"/>
+      <c r="C34" s="58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="E34" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="H34" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="I34" s="60" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" s="10" customFormat="1" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A35" s="56"/>
+      <c r="B35" s="5"/>
+      <c r="C35" s="61"/>
+      <c r="D35" s="62"/>
+      <c r="E35" s="63"/>
+      <c r="F35" s="62"/>
+      <c r="G35" s="63"/>
+      <c r="H35" s="62"/>
+      <c r="I35" s="63"/>
+    </row>
+    <row r="36" spans="1:9" s="10" customFormat="1" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A36" s="56" t="s">
+        <v>22</v>
+      </c>
+      <c r="B36" s="57"/>
+      <c r="C36" s="64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="E36" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="H36" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="I36" s="60" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" s="10" customFormat="1" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A37" s="56"/>
+      <c r="B37" s="5"/>
+      <c r="C37" s="65"/>
+      <c r="D37" s="66"/>
+      <c r="E37" s="67"/>
+      <c r="F37" s="66"/>
+      <c r="G37" s="67"/>
+      <c r="H37" s="66"/>
+      <c r="I37" s="67"/>
+    </row>
+    <row r="38" spans="1:9" s="10" customFormat="1" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A38" s="56" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="57"/>
+      <c r="C38" s="64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="E38" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="H38" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="I38" s="60" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" s="10" customFormat="1" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A39" s="56"/>
+      <c r="B39" s="5"/>
+      <c r="C39" s="28"/>
+      <c r="D39" s="48"/>
+      <c r="E39" s="67"/>
+      <c r="F39" s="48"/>
+      <c r="G39" s="67"/>
+      <c r="H39" s="48"/>
+      <c r="I39" s="67"/>
+    </row>
+    <row r="40" spans="1:9" s="10" customFormat="1" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A40" s="56" t="s">
+        <v>24</v>
+      </c>
+      <c r="B40" s="57"/>
+      <c r="C40" s="64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="E40" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="H40" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="I40" s="60" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" s="10" customFormat="1" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A41" s="56"/>
+      <c r="B41" s="5"/>
+      <c r="C41" s="28"/>
+      <c r="D41" s="66"/>
+      <c r="E41" s="67"/>
+      <c r="F41" s="66"/>
+      <c r="G41" s="67"/>
+      <c r="H41" s="66"/>
+      <c r="I41" s="67"/>
+    </row>
+    <row r="42" spans="1:9" s="10" customFormat="1" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A42" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="B42" s="57"/>
+      <c r="C42" s="64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="E42" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="H42" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="I42" s="60" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" s="10" customFormat="1" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A43" s="56"/>
+      <c r="B43" s="5"/>
+      <c r="C43" s="5"/>
+      <c r="D43" s="48"/>
+      <c r="E43" s="68"/>
+      <c r="F43" s="48"/>
+      <c r="G43" s="68"/>
+      <c r="H43" s="48"/>
+      <c r="I43" s="68"/>
+    </row>
+    <row r="44" spans="1:9" s="10" customFormat="1" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A44" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="B44" s="57"/>
+      <c r="C44" s="64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="E44" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="H44" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="I44" s="60" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" s="10" customFormat="1" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A45" s="56"/>
+      <c r="B45" s="5"/>
+      <c r="C45" s="5"/>
+      <c r="D45" s="48"/>
+      <c r="E45" s="68"/>
+      <c r="F45" s="48"/>
+      <c r="G45" s="68"/>
+      <c r="H45" s="48"/>
+      <c r="I45" s="68"/>
+    </row>
+    <row r="46" spans="1:9" s="10" customFormat="1" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A46" s="56" t="s">
+        <v>27</v>
+      </c>
+      <c r="B46" s="57"/>
+      <c r="C46" s="64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="E46" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="H46" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="I46" s="60" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" s="10" customFormat="1" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A47" s="56"/>
+      <c r="B47" s="5"/>
+      <c r="C47" s="5"/>
+      <c r="D47" s="48"/>
+      <c r="E47" s="68"/>
+      <c r="F47" s="48"/>
+      <c r="G47" s="68"/>
+      <c r="H47" s="48"/>
+      <c r="I47" s="68"/>
+    </row>
+    <row r="48" spans="1:9" s="10" customFormat="1" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A48" s="56" t="s">
         <v>28</v>
       </c>
-      <c r="B2" s="92"/>
-[...9 lines deleted...]
-      <c r="A3" s="93" t="s">
+      <c r="B48" s="57"/>
+      <c r="C48" s="64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="E48" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="H48" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="I48" s="60" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" s="10" customFormat="1" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A49" s="56"/>
+      <c r="B49" s="5"/>
+      <c r="C49" s="5"/>
+      <c r="D49" s="48"/>
+      <c r="E49" s="68"/>
+      <c r="F49" s="48"/>
+      <c r="G49" s="68"/>
+      <c r="H49" s="48"/>
+      <c r="I49" s="68"/>
+    </row>
+    <row r="50" spans="1:10" s="10" customFormat="1" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A50" s="56" t="s">
+        <v>29</v>
+      </c>
+      <c r="B50" s="57"/>
+      <c r="C50" s="64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="E50" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="H50" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="I50" s="60" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="30"/>
+      <c r="B51" s="15"/>
+      <c r="C51" s="15"/>
+      <c r="D51" s="15"/>
+      <c r="E51" s="15"/>
+      <c r="F51" s="15"/>
+      <c r="G51" s="15"/>
+      <c r="H51" s="15"/>
+      <c r="I51" s="15"/>
+    </row>
+    <row r="52" spans="1:10" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="56" t="s">
+        <v>41</v>
+      </c>
+      <c r="B52" s="57"/>
+      <c r="C52" s="64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="E52" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="H52" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="I52" s="60" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="30"/>
+      <c r="B53" s="15"/>
+      <c r="C53" s="15"/>
+      <c r="D53" s="15"/>
+      <c r="E53" s="15"/>
+      <c r="F53" s="15"/>
+      <c r="G53" s="15"/>
+      <c r="H53" s="15"/>
+      <c r="I53" s="15"/>
+    </row>
+    <row r="54" spans="1:10" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A54" s="15"/>
+      <c r="B54" s="15"/>
+      <c r="C54" s="15"/>
+      <c r="D54" s="15"/>
+      <c r="E54" s="15"/>
+      <c r="F54" s="15"/>
+      <c r="G54" s="15"/>
+      <c r="H54" s="15"/>
+      <c r="I54" s="15"/>
+    </row>
+    <row r="55" spans="1:10" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A55" s="15"/>
+      <c r="B55" s="15"/>
+      <c r="C55" s="15"/>
+      <c r="D55" s="15"/>
+      <c r="E55" s="15"/>
+      <c r="F55" s="15"/>
+      <c r="G55" s="15"/>
+      <c r="H55" s="15"/>
+      <c r="I55" s="15"/>
+    </row>
+    <row r="56" spans="1:10" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A56" s="15"/>
+      <c r="B56" s="15"/>
+      <c r="C56" s="15"/>
+      <c r="D56" s="15"/>
+      <c r="E56" s="15"/>
+      <c r="F56" s="15"/>
+      <c r="G56" s="15"/>
+      <c r="H56" s="15"/>
+      <c r="I56" s="15"/>
+    </row>
+    <row r="57" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A57" s="88" t="s">
+        <v>30</v>
+      </c>
+      <c r="B57" s="88"/>
+      <c r="C57" s="88"/>
+      <c r="D57" s="88"/>
+      <c r="E57" s="88"/>
+      <c r="F57" s="15"/>
+      <c r="G57" s="15"/>
+      <c r="H57" s="15"/>
+      <c r="I57" s="15"/>
+    </row>
+    <row r="58" spans="1:10" ht="24.75" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A58" s="44" t="s">
         <v>36</v>
       </c>
-      <c r="B3" s="93"/>
-[...12 lines deleted...]
-      <c r="A5" s="98" t="s">
+      <c r="B58" s="45"/>
+      <c r="C58" s="45"/>
+      <c r="D58" s="45"/>
+      <c r="E58" s="45"/>
+      <c r="F58" s="45"/>
+      <c r="G58" s="45"/>
+      <c r="H58" s="45"/>
+      <c r="I58" s="45"/>
+      <c r="J58" s="8"/>
+    </row>
+    <row r="59" spans="1:10" ht="24.75" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A59" s="44" t="s">
+        <v>37</v>
+      </c>
+      <c r="B59" s="45"/>
+      <c r="C59" s="45"/>
+      <c r="D59" s="45"/>
+      <c r="E59" s="45"/>
+      <c r="F59" s="45"/>
+      <c r="G59" s="45"/>
+      <c r="H59" s="45"/>
+      <c r="I59" s="45"/>
+      <c r="J59" s="8"/>
+    </row>
+    <row r="60" spans="1:10" s="7" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="99" t="s">
+        <v>44</v>
+      </c>
+      <c r="B60" s="99"/>
+      <c r="C60" s="99"/>
+      <c r="D60" s="99"/>
+      <c r="E60" s="99"/>
+      <c r="F60" s="99"/>
+      <c r="G60" s="99"/>
+      <c r="H60" s="99"/>
+      <c r="I60" s="99"/>
+      <c r="J60" s="16"/>
+    </row>
+    <row r="61" spans="1:10" s="7" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="100" t="s">
+        <v>45</v>
+      </c>
+      <c r="B61" s="100"/>
+      <c r="C61" s="100"/>
+      <c r="D61" s="100"/>
+      <c r="E61" s="100"/>
+      <c r="F61" s="100"/>
+      <c r="G61" s="100"/>
+      <c r="H61" s="100"/>
+      <c r="I61" s="100"/>
+      <c r="J61" s="16"/>
+    </row>
+    <row r="62" spans="1:10" s="7" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="83" t="s">
+        <v>46</v>
+      </c>
+      <c r="B62" s="83"/>
+      <c r="C62" s="83"/>
+      <c r="D62" s="83"/>
+      <c r="E62" s="83"/>
+      <c r="F62" s="83"/>
+      <c r="G62" s="83"/>
+      <c r="H62" s="83"/>
+      <c r="I62" s="83"/>
+      <c r="J62" s="16"/>
+    </row>
+    <row r="63" spans="1:10" s="7" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="84" t="s">
+        <v>47</v>
+      </c>
+      <c r="B63" s="84"/>
+      <c r="C63" s="84"/>
+      <c r="D63" s="84"/>
+      <c r="E63" s="84"/>
+      <c r="F63" s="84"/>
+      <c r="G63" s="84"/>
+      <c r="H63" s="84"/>
+      <c r="I63" s="84"/>
+      <c r="J63" s="16"/>
+    </row>
+    <row r="64" spans="1:10" s="7" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="32"/>
+      <c r="B64" s="32"/>
+      <c r="C64" s="32"/>
+      <c r="D64" s="32"/>
+      <c r="E64" s="32"/>
+      <c r="F64" s="32"/>
+      <c r="G64" s="32"/>
+      <c r="H64" s="32"/>
+      <c r="I64" s="32"/>
+      <c r="J64" s="16"/>
+    </row>
+    <row r="65" spans="1:10" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A65" s="17"/>
+      <c r="B65" s="17"/>
+      <c r="C65" s="17"/>
+      <c r="D65" s="17"/>
+      <c r="E65" s="18"/>
+      <c r="F65" s="17"/>
+      <c r="G65" s="19"/>
+      <c r="H65" s="20"/>
+      <c r="I65" s="8"/>
+      <c r="J65" s="8"/>
+    </row>
+    <row r="66" spans="1:10" ht="55.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="85" t="s">
+        <v>31</v>
+      </c>
+      <c r="B66" s="86"/>
+      <c r="C66" s="86"/>
+      <c r="D66" s="86"/>
+      <c r="E66" s="86"/>
+      <c r="F66" s="86"/>
+      <c r="G66" s="86"/>
+      <c r="H66" s="86"/>
+      <c r="I66" s="87"/>
+      <c r="J66" s="21"/>
+    </row>
+    <row r="67" spans="1:10" ht="30.75" x14ac:dyDescent="0.6">
+      <c r="A67" s="22"/>
+      <c r="B67" s="17"/>
+      <c r="C67" s="17"/>
+      <c r="D67" s="17"/>
+      <c r="E67" s="17"/>
+      <c r="F67" s="17"/>
+      <c r="G67" s="19"/>
+      <c r="H67" s="20"/>
+      <c r="I67" s="8"/>
+      <c r="J67" s="8"/>
+    </row>
+    <row r="68" spans="1:10" ht="30.75" x14ac:dyDescent="0.6">
+      <c r="A68" s="22"/>
+      <c r="B68" s="17"/>
+      <c r="C68" s="17"/>
+      <c r="D68" s="17"/>
+      <c r="E68" s="17"/>
+      <c r="F68" s="17"/>
+      <c r="G68" s="19"/>
+      <c r="H68" s="20"/>
+      <c r="I68" s="8"/>
+      <c r="J68" s="8"/>
+    </row>
+    <row r="69" spans="1:10" ht="30.75" x14ac:dyDescent="0.6">
+      <c r="A69" s="22"/>
+      <c r="B69" s="17"/>
+      <c r="C69" s="17"/>
+      <c r="D69" s="17"/>
+      <c r="E69" s="17"/>
+      <c r="F69" s="17"/>
+      <c r="G69" s="19"/>
+      <c r="H69" s="20"/>
+      <c r="I69" s="8"/>
+      <c r="J69" s="8"/>
+    </row>
+    <row r="70" spans="1:10" ht="30.75" x14ac:dyDescent="0.6">
+      <c r="A70" s="22"/>
+      <c r="B70" s="17"/>
+      <c r="C70" s="17"/>
+      <c r="D70" s="17"/>
+      <c r="E70" s="17"/>
+      <c r="F70" s="17"/>
+      <c r="G70" s="19"/>
+      <c r="H70" s="20"/>
+      <c r="I70" s="8"/>
+      <c r="J70" s="8"/>
+    </row>
+    <row r="71" spans="1:10" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A71" s="14"/>
+      <c r="B71" s="23"/>
+      <c r="C71" s="14"/>
+      <c r="D71" s="14"/>
+      <c r="E71" s="14"/>
+      <c r="F71" s="14"/>
+      <c r="G71" s="14"/>
+      <c r="H71" s="14"/>
+      <c r="I71" s="14"/>
+      <c r="J71" s="13"/>
+    </row>
+    <row r="72" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A72" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="B72" s="88"/>
+      <c r="C72" s="88"/>
+      <c r="D72" s="88"/>
+      <c r="E72" s="88"/>
+      <c r="F72" s="24"/>
+      <c r="G72" s="25"/>
+      <c r="H72" s="26"/>
+    </row>
+    <row r="73" spans="1:10" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="97" t="s">
+        <v>60</v>
+      </c>
+      <c r="B73" s="97"/>
+      <c r="C73" s="97"/>
+      <c r="D73" s="97"/>
+      <c r="E73" s="97"/>
+      <c r="F73" s="97"/>
+      <c r="G73" s="97"/>
+      <c r="H73" s="97"/>
+      <c r="I73" s="97"/>
+    </row>
+    <row r="74" spans="1:10" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="33"/>
+      <c r="B74" s="33"/>
+      <c r="C74" s="33"/>
+      <c r="D74" s="33"/>
+      <c r="E74" s="33"/>
+      <c r="F74" s="33"/>
+      <c r="G74" s="33"/>
+      <c r="H74" s="33"/>
+      <c r="I74" s="33"/>
+    </row>
+    <row r="75" spans="1:10" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="27"/>
+      <c r="B75" s="27"/>
+      <c r="C75" s="27"/>
+      <c r="D75" s="27"/>
+      <c r="E75" s="27"/>
+      <c r="F75" s="27"/>
+      <c r="G75" s="27"/>
+      <c r="H75" s="27"/>
+      <c r="I75" s="27"/>
+    </row>
+    <row r="76" spans="1:10" ht="27.75" x14ac:dyDescent="0.35">
+      <c r="A76" s="35" t="s">
+        <v>51</v>
+      </c>
+      <c r="B76" s="40"/>
+      <c r="C76" s="40"/>
+      <c r="D76" s="40"/>
+      <c r="E76" s="40"/>
+      <c r="F76" s="40"/>
+      <c r="G76" s="33"/>
+      <c r="H76" s="33"/>
+      <c r="I76" s="27"/>
+      <c r="J76" s="9"/>
+    </row>
+    <row r="77" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="35"/>
+      <c r="B77" s="40"/>
+      <c r="C77" s="40"/>
+      <c r="D77" s="40"/>
+      <c r="E77" s="40"/>
+      <c r="F77" s="40"/>
+      <c r="G77" s="33"/>
+      <c r="H77" s="33"/>
+      <c r="I77" s="27"/>
+      <c r="J77" s="9"/>
+    </row>
+    <row r="78" spans="1:10" ht="27.75" x14ac:dyDescent="0.55000000000000004">
+      <c r="A78" s="35" t="s">
+        <v>52</v>
+      </c>
+      <c r="B78" s="35"/>
+      <c r="C78" s="35"/>
+      <c r="D78" s="35"/>
+      <c r="E78" s="35"/>
+      <c r="F78" s="35"/>
+      <c r="G78" s="34"/>
+      <c r="H78" s="34"/>
+      <c r="I78" s="5"/>
+    </row>
+    <row r="79" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="41"/>
+      <c r="B79" s="41"/>
+      <c r="C79" s="41"/>
+      <c r="D79" s="41"/>
+      <c r="E79" s="41"/>
+      <c r="F79" s="41"/>
+      <c r="G79" s="36"/>
+      <c r="H79" s="36"/>
+      <c r="I79" s="7"/>
+    </row>
+    <row r="80" spans="1:10" ht="27.75" x14ac:dyDescent="0.3">
+      <c r="A80" s="41" t="s">
         <v>53</v>
       </c>
-      <c r="B5" s="99"/>
-[...41 lines deleted...]
-      <c r="A8" s="36" t="s">
+      <c r="B80" s="41"/>
+      <c r="C80" s="41"/>
+      <c r="D80" s="41"/>
+      <c r="E80" s="41"/>
+      <c r="F80" s="41"/>
+      <c r="G80" s="36"/>
+      <c r="H80" s="36"/>
+      <c r="I80" s="7"/>
+    </row>
+    <row r="81" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="41"/>
+      <c r="B81" s="41"/>
+      <c r="C81" s="41"/>
+      <c r="D81" s="41"/>
+      <c r="E81" s="41"/>
+      <c r="F81" s="41"/>
+      <c r="G81" s="36"/>
+      <c r="H81" s="36"/>
+      <c r="I81" s="7"/>
+    </row>
+    <row r="82" spans="1:9" ht="27.75" x14ac:dyDescent="0.3">
+      <c r="A82" s="41" t="s">
+        <v>54</v>
+      </c>
+      <c r="B82" s="41"/>
+      <c r="C82" s="41"/>
+      <c r="D82" s="41"/>
+      <c r="E82" s="41"/>
+      <c r="F82" s="41"/>
+      <c r="G82" s="36"/>
+      <c r="H82" s="36"/>
+      <c r="I82" s="7"/>
+    </row>
+    <row r="83" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="41"/>
+      <c r="B83" s="41"/>
+      <c r="C83" s="41"/>
+      <c r="D83" s="41"/>
+      <c r="E83" s="41"/>
+      <c r="F83" s="41"/>
+      <c r="G83" s="36"/>
+      <c r="H83" s="36"/>
+      <c r="I83" s="7"/>
+    </row>
+    <row r="84" spans="1:9" ht="27.75" x14ac:dyDescent="0.3">
+      <c r="A84" s="41" t="s">
+        <v>55</v>
+      </c>
+      <c r="B84" s="41"/>
+      <c r="C84" s="41"/>
+      <c r="D84" s="41"/>
+      <c r="E84" s="41"/>
+      <c r="F84" s="41"/>
+      <c r="G84" s="36"/>
+      <c r="H84" s="36"/>
+      <c r="I84" s="7"/>
+    </row>
+    <row r="85" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="41"/>
+      <c r="B85" s="41"/>
+      <c r="C85" s="41"/>
+      <c r="D85" s="41"/>
+      <c r="E85" s="41"/>
+      <c r="F85" s="41"/>
+      <c r="G85" s="36"/>
+      <c r="H85" s="36"/>
+      <c r="I85" s="7"/>
+    </row>
+    <row r="86" spans="1:9" ht="27.75" x14ac:dyDescent="0.35">
+      <c r="A86" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="B86" s="41"/>
+      <c r="C86" s="41"/>
+      <c r="D86" s="41" t="s">
+        <v>56</v>
+      </c>
+      <c r="F86" s="35"/>
+      <c r="G86" s="36"/>
+      <c r="H86" s="36"/>
+      <c r="I86" s="7"/>
+    </row>
+    <row r="87" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="41"/>
+      <c r="B87" s="42"/>
+      <c r="C87" s="42"/>
+      <c r="D87" s="28"/>
+      <c r="E87" s="42"/>
+      <c r="F87" s="28"/>
+      <c r="G87" s="29"/>
+      <c r="H87" s="29"/>
+      <c r="I87" s="7"/>
+    </row>
+    <row r="88" spans="1:9" ht="27.75" x14ac:dyDescent="0.55000000000000004">
+      <c r="A88" s="35" t="s">
+        <v>57</v>
+      </c>
+      <c r="B88" s="35"/>
+      <c r="C88" s="35"/>
+      <c r="D88" s="35"/>
+      <c r="E88" s="35"/>
+      <c r="F88" s="43"/>
+      <c r="G88" s="34"/>
+      <c r="H88" s="34"/>
+      <c r="I88" s="5"/>
+    </row>
+    <row r="89" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="29"/>
+      <c r="B89" s="29"/>
+      <c r="C89" s="29"/>
+      <c r="D89" s="28"/>
+      <c r="E89" s="29"/>
+      <c r="F89" s="28"/>
+      <c r="G89" s="29"/>
+      <c r="H89" s="29"/>
+      <c r="I89" s="7"/>
+    </row>
+    <row r="90" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="29"/>
+      <c r="B90" s="29"/>
+      <c r="C90" s="29"/>
+      <c r="D90" s="28"/>
+      <c r="E90" s="29"/>
+      <c r="F90" s="28"/>
+      <c r="G90" s="29"/>
+      <c r="H90" s="29"/>
+      <c r="I90" s="7"/>
+    </row>
+    <row r="91" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="29"/>
+      <c r="B91" s="29"/>
+      <c r="C91" s="29"/>
+      <c r="D91" s="28"/>
+      <c r="E91" s="29"/>
+      <c r="F91" s="28"/>
+      <c r="G91" s="29"/>
+      <c r="H91" s="29"/>
+      <c r="I91" s="7"/>
+    </row>
+    <row r="92" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="98"/>
+      <c r="B92" s="98"/>
+      <c r="C92" s="98"/>
+      <c r="D92" s="98"/>
+      <c r="E92" s="98"/>
+      <c r="F92" s="98"/>
+      <c r="G92" s="98"/>
+      <c r="H92" s="98"/>
+    </row>
+    <row r="93" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A93" s="39" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A94" s="37"/>
+    </row>
+    <row r="95" spans="1:9" ht="33.75" x14ac:dyDescent="0.5">
+      <c r="A95" s="38" t="s">
         <v>38</v>
       </c>
-      <c r="C8" s="2"/>
-[...359 lines deleted...]
-      <c r="A31" s="49" t="s">
+    </row>
+    <row r="97" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="98" spans="1:8" ht="70.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="78" t="s">
+        <v>59</v>
+      </c>
+      <c r="B98" s="79"/>
+      <c r="C98" s="79"/>
+      <c r="D98" s="79"/>
+      <c r="E98" s="79"/>
+      <c r="F98" s="79"/>
+      <c r="G98" s="79"/>
+      <c r="H98" s="80"/>
+    </row>
+    <row r="108" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="H108" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="B31" s="63"/>
-[...823 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <mergeCells count="28">
-[...1 lines deleted...]
-    <mergeCell ref="A58:E58"/>
+  <mergeCells count="24">
+    <mergeCell ref="C13:H13"/>
+    <mergeCell ref="E25:F25"/>
+    <mergeCell ref="A73:I73"/>
+    <mergeCell ref="A92:H92"/>
+    <mergeCell ref="A27:E27"/>
+    <mergeCell ref="A57:E57"/>
+    <mergeCell ref="A60:I60"/>
+    <mergeCell ref="A61:I61"/>
+    <mergeCell ref="A98:H98"/>
     <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A62:I62"/>
+    <mergeCell ref="A63:I63"/>
+    <mergeCell ref="A66:I66"/>
+    <mergeCell ref="A72:E72"/>
+    <mergeCell ref="E15:F15"/>
+    <mergeCell ref="E17:F17"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="E23:F23"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A55:I55"/>
-[...22 lines deleted...]
-    <mergeCell ref="F74:H74"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A6:I6"/>
+    <mergeCell ref="A10:E10"/>
+    <mergeCell ref="C12:H12"/>
   </mergeCells>
-  <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="A75" r:id="rId1" display="https://private.filesanywhere.com/IOLTA/Dropbox/db.aspx?v=8b6b69cea09da3bc9e" xr:uid="{CDD99873-1335-47CA-A20E-8D4869BCD5EF}"/>
-    <hyperlink ref="F74" r:id="rId2" xr:uid="{E3663618-BC11-4965-933E-D47846E9422C}"/>
+    <hyperlink ref="A95" r:id="rId1" xr:uid="{D431569E-3EFD-47C7-B86C-14AA72FAAFD5}"/>
   </hyperlinks>
-  <pageMargins left="0.5" right="0.5" top="0.25" bottom="0.25" header="0.3" footer="0.15"/>
-[...5 lines deleted...]
-  <drawing r:id="rId4"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="47" fitToHeight="0" orientation="portrait" r:id="rId2"/>
+  <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Rate Comparability Survey</vt:lpstr>
-      <vt:lpstr>'Rate Comparability Survey'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Masa Takada</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>